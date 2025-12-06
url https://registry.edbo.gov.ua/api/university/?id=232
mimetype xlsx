--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -6633,51 +6633,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -6831,51 +6831,51 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -7066,51 +7066,51 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>