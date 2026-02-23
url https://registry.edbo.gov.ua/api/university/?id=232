--- v1 (2025-12-06)
+++ v2 (2026-02-23)
@@ -724,54 +724,56 @@
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H3" s="9"/>
+          <t>УП 11020263</t>
+        </is>
+      </c>
+      <c r="H3" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
@@ -886,54 +888,56 @@
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G7" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H7" s="9"/>
+          <t>УП 11020272</t>
+        </is>
+      </c>
+      <c r="H7" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
@@ -6299,51 +6303,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -6636,84 +6640,84 @@
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -6831,153 +6835,153 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -7033,87 +7037,87 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -7404,84 +7408,84 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="F36" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>