--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -297,51 +297,51 @@
         <is>
           <t>Державна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Тернопільської обласної державної адміністрації</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>47800</t>
+          <t>47801</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA61040350010048866</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Регіон (місцезнаходження)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Тернопільська обл.</t>
         </is>
@@ -357,73 +357,77 @@
         <is>
           <t>с-ще Підволочиськ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Д. Галицького, 106</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>0354321284</t>
+          <t>+38(097)-169-36-02</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>ppbl@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>https://pplicej.wixsite.com/licej</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Нагірна Надія Ігорівна</t>
         </is>
       </c>
     </row>
@@ -938,74 +942,74 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>89</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 7435 Закрійник</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>