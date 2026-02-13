--- v1 (2025-12-16)
+++ v2 (2026-02-13)
@@ -919,97 +919,97 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>21</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7241 Слюсар-електрик з ремонту електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 7435 Закрійник</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>