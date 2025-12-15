--- v0 (2025-10-20)
+++ v1 (2025-12-15)
@@ -864,96 +864,96 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>21</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Пекар</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>16</v>
       </c>
       <c r="C6" s="7" t="n">
@@ -979,51 +979,51 @@
       <c r="B7" s="7" t="n">
         <v>22</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>19</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>