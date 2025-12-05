--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -853,51 +853,51 @@
       </c>
       <c r="B6" s="7" t="n">
         <v>88</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8284 Складальник корпусів металевих суден
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C8" s="7" t="n">