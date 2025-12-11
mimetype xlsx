--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -367,63 +367,63 @@
         <is>
           <t>м. Чернівці</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Головна, 127</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(0372)525355</t>
+          <t>+38(037)-252-53-55</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>vtu3@sacura.net</t>
+          <t>vtu3@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>http://www.vpu3.cv.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Т.в.о. директора</t>
         </is>
@@ -907,51 +907,51 @@
       </c>
       <c r="B3" s="8" t="n">
         <v>169</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 7435 Закрійник</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>