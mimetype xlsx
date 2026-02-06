--- v1 (2025-12-11)
+++ v2 (2026-02-06)
@@ -907,51 +907,51 @@
       </c>
       <c r="B3" s="8" t="n">
         <v>169</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 7435 Закрійник</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>