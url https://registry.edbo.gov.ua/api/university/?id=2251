--- v2 (2026-02-06)
+++ v3 (2026-03-24)
@@ -403,51 +403,51 @@
         <is>
           <t>vtu3@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>http://www.vpu3.cv.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Нікішина Олеся Валентинівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -907,51 +907,51 @@
       </c>
       <c r="B3" s="8" t="n">
         <v>169</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 7435 Закрійник</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>