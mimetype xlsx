--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -5602,54 +5602,56 @@
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
         <v>63499</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література в закладах освіти</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H96" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I96" s="9"/>
+          <t>- 18945</t>
+        </is>
+      </c>
+      <c r="I96" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J96" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K96" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
@@ -9958,88 +9960,88 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
@@ -10139,51 +10141,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -10378,54 +10380,54 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>13</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>12</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -10642,154 +10644,154 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>13</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
@@ -11083,51 +11085,51 @@
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>5</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
@@ -11190,96 +11192,96 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E40" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>38</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
@@ -11289,51 +11291,51 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
@@ -11392,51 +11394,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -11458,51 +11460,51 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>7</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -11569,150 +11571,150 @@
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>36</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>15</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>24</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>149</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
         <v>55</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>2</v>
       </c>
@@ -11854,51 +11856,51 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>32</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -12250,54 +12252,54 @@
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Нафтогазова інженерія та технології</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
@@ -12386,51 +12388,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -12521,51 +12523,51 @@
       <c r="I79" s="6" t="n">
         <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>84</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -12699,51 +12701,51 @@
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E86" s="6" t="n">
         <v>12</v>
@@ -12757,51 +12759,51 @@
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
@@ -13029,51 +13031,51 @@
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>6</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -13771,51 +13773,51 @@
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -13837,51 +13839,51 @@
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -14266,54 +14268,54 @@
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Нафтогазова інженерія та технології</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
@@ -14398,51 +14400,51 @@
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -14860,51 +14862,51 @@
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F150" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -15058,153 +15060,153 @@
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Нафтогазова інженерія та технології</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F156" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F158" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I159"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">