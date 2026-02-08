--- v1 (2025-12-06)
+++ v2 (2026-02-08)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ФПО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$189</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$159</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$132</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -603,51 +603,51 @@
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Навчально-науковий інститут архітектури, будівництва та землеустрою</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Навчально-науковий інститут інформаційних технологій та робототехніки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут нафти і газу</t>
+          <t>Навчально-науковий інститут нафти і газу та енергетики</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Навчально-науковий інститут фінансів, економіки, управління та права</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фізичної культури та спорту</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Філології, психології та педагогіки</t>
         </is>
       </c>
     </row>
   </sheetData>
@@ -1191,54 +1191,56 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>Бізнес-право</t>
         </is>
       </c>
       <c r="F11" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G11" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H11" s="9"/>
+          <t> 19524</t>
+        </is>
+      </c>
+      <c r="H11" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 21.06.2024 № 443-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
         <is>
@@ -6236,97 +6238,101 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
         <v>63564</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
           <t>Бізнес-право</t>
         </is>
       </c>
       <c r="G110" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H110" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I110" s="9"/>
+          <t>- 19524</t>
+        </is>
+      </c>
+      <c r="I110" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J110" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K110" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
         <v>56212</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Геологія нафти і газу</t>
         </is>
       </c>
       <c r="G111" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H111" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I111" s="9"/>
+          <t>- 19702</t>
+        </is>
+      </c>
+      <c r="I111" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J111" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K111" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
@@ -9805,51 +9811,51 @@
       <c r="I189" s="9"/>
       <c r="J189" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K189" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K189"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I159"/>
+  <dimension ref="A1:I132"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -10181,85 +10187,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>6</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>10</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
@@ -10317,93 +10323,93 @@
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>129</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>18</v>
       </c>
@@ -10449,51 +10455,51 @@
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>49</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>12</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -10578,96 +10584,96 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>7</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>E4</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>110</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>47</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
@@ -10680,60 +10686,60 @@
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>55</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
         <v>30</v>
@@ -10747,54 +10753,54 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
@@ -10813,120 +10819,120 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>89</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>28</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
@@ -10949,96 +10955,96 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
         <v>47</v>
@@ -11097,72 +11103,72 @@
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -11237,72 +11243,72 @@
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>212</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -11430,81 +11436,81 @@
       <c r="I46" s="6" t="n">
         <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>46</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>7</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -11526,228 +11532,228 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>6</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>15</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
-        <v>22</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>2</v>
       </c>
@@ -11757,51 +11763,51 @@
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -11856,216 +11862,216 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>32</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>6</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -12219,162 +12225,162 @@
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>8</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Нафтогазова інженерія та технології</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>7</v>
       </c>
@@ -12421,51 +12427,51 @@
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -12520,51 +12526,51 @@
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -12586,63 +12592,63 @@
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
@@ -12932,120 +12938,120 @@
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -13097,51 +13103,51 @@
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>5</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>E4</t>
         </is>
       </c>
@@ -13175,84 +13181,84 @@
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E101" s="6" t="n">
         <v>13</v>
@@ -13266,54 +13272,54 @@
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
@@ -13557,1669 +13563,770 @@
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>68</v>
+        <v>3</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>G16</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>34</v>
+        <v>4</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="F126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>185</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Нафтогазова інженерія та технології</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Нафтогазова інженерія та технології</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>136</v>
+        <v>1</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>61</v>
+        <v>1</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
-[...889 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I159"/>
+  <autoFilter ref="A1:I132"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>