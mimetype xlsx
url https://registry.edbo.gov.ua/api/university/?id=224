--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -1524,84 +1524,84 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -1887,54 +1887,54 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>