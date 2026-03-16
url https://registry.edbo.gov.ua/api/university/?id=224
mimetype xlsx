--- v1 (2026-01-02)
+++ v2 (2026-03-16)
@@ -1335,96 +1335,96 @@
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>34898</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G16" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t>- 2451</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>82788</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G17" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H17" s="7" t="inlineStr">
         <is>
           <t>- 18182</t>
         </is>
       </c>
       <c r="I17" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
@@ -1524,51 +1524,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -1656,84 +1656,84 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -1755,219 +1755,219 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>29</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">