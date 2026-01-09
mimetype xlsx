--- v0 (2025-11-20)
+++ v1 (2026-01-09)
@@ -1965,51 +1965,51 @@
         <v>14</v>
       </c>
       <c r="C19" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D19" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E19" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F19" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8312 Складач поїздів
 8311 Машиніст тепловоза
 8311 Машиніст електровоза</t>
         </is>
       </c>
       <c r="B20" s="7" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C20" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D20" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E20" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F20" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>7241 Слюсар-електрик з ремонту електроустаткування
 8211 Токар
 7233 Слюсар-ремонтник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B21" s="7" t="n">
         <v>13</v>