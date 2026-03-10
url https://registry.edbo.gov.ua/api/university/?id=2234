--- v1 (2026-01-09)
+++ v2 (2026-03-10)
@@ -1524,51 +1524,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4211 Касир квитковий
 5112 Провідник пасажирського вагона</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4211 Касир квитковий
 5112 Провідник пасажирського вагона
 5111 Стюард (послуги у дорозі)</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>48</v>
       </c>
@@ -1718,51 +1718,51 @@
       <c r="B9" s="7" t="n">
         <v>2</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 7241 Слюсар-електрик з ремонту електроустаткування
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 7241 Слюсар-електрик з ремонту електроустаткування
 8311 Машиніст електровоза
 8311 Помічник машиніста електропоїзда</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
         <v>16</v>
@@ -1792,51 +1792,51 @@
         <v>16</v>
       </c>
       <c r="C12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>7233 Оглядач-ремонтник вагонів
 8211 Токар
 7241 Слюсар-електрик з ремонту електроустаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8211 Верстатник широкого профілю
 8312 Складач поїздів
 8311 Машиніст тепловоза</t>
         </is>
       </c>
       <c r="B14" s="7" t="n">
         <v>1</v>
@@ -1866,51 +1866,51 @@
       <c r="B15" s="7" t="n">
         <v>34</v>
       </c>
       <c r="C15" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D15" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E15" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F15" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8312 Складач поїздів
 8311 Машиніст тепловоза</t>
         </is>
       </c>
       <c r="B16" s="7" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="C16" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D16" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E16" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F16" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8312 Складач поїздів
 8311 Помічник машиніста тепловоза</t>
         </is>
       </c>
       <c r="B17" s="7" t="n">
         <v>2</v>
       </c>