--- v0 (2025-12-22)
+++ v1 (2026-03-03)
@@ -364,69 +364,77 @@
         <is>
           <t>м. Слов’янськ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Науки, 2</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+38(050)-085-63-26;</t>
+          <t>+38(050)-085-63-26</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>spal146@ukr.net</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>https://dnz146146.wixsite.com/my-site</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Гончаров Леонід Васильович</t>
         </is>
       </c>
     </row>
@@ -1132,51 +1140,51 @@
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>24</v>
       </c>
       <c r="C3" s="8" t="n">