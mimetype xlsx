--- v0 (2025-10-17)
+++ v1 (2026-02-02)
@@ -1085,74 +1085,74 @@
         <v>77</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>8111 Машиніст екскаватора
 7241 Електрослюсар (слюсар) черговий та з ремонту устаткування
 7212 Електрогазозварник
 7215 Стропальник</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>8311 Помічник машиніста тепловоза
 7233 Слюсар з ремонту рухомого складу</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8311 Помічник машиніста електровоза
 7233 Слюсар з ремонту рухомого складу</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>68</v>
       </c>
       <c r="C6" s="7" t="n">