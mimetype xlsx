--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -1785,87 +1785,87 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>31</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>