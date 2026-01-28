--- v0 (2025-10-18)
+++ v1 (2026-01-28)
@@ -13,64 +13,64 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
-    <sheet name="Ліцензії ФПВО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПТО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ПТО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$3</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$22</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$6</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$7</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -376,51 +376,51 @@
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Курчатова, 15</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>0532668608</t>
+          <t>+38(053)-266-70-77</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>polt.vpu@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://vpu21.org/</t>
         </is>
@@ -582,51 +582,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>50</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
@@ -762,51 +762,51 @@
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -1304,51 +1304,51 @@
         <is>
           <t>PД 041062</t>
         </is>
       </c>
       <c r="D22" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K6"/>
+  <dimension ref="A1:K5"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -1522,128 +1522,89 @@
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>77526</v>
+        <v>85613</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
-          <t>"Виробництво харчової продукції"</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
-[...37 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K6"/>
+  <autoFilter ref="A1:K5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -1684,100 +1645,67 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I3"/>
+  <autoFilter ref="A1:I2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F7"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
@@ -1806,97 +1734,97 @@
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5129 Майстер ресторанного обслуговування</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>54</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>13</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
@@ -1920,51 +1848,51 @@
       </c>
       <c r="B6" s="8" t="n">
         <v>12</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>