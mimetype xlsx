--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -26,51 +26,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПТО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ПТО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$22</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$5</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$7</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -1560,51 +1560,51 @@
       <c r="I5" s="9"/>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -1645,67 +1645,100 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+      <c r="A3" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B3" s="7" t="inlineStr">
+        <is>
+          <t>181</t>
+        </is>
+      </c>
+      <c r="C3" s="3" t="inlineStr">
+        <is>
+          <t>Харчові технології</t>
+        </is>
+      </c>
+      <c r="D3" s="3"/>
+      <c r="E3" s="8" t="n">
+        <v>24</v>
+      </c>
+      <c r="F3" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="G3" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="H3" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="I3" s="8" t="n">
+        <v>0</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:I2"/>
+  <autoFilter ref="A1:I3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F7"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
@@ -1734,97 +1767,97 @@
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5129 Майстер ресторанного обслуговування</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>54</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>78</v>
+        <v>58</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>13</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>