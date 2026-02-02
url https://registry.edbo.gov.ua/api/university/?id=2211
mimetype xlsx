--- v0 (2025-12-01)
+++ v1 (2026-02-02)
@@ -1055,96 +1055,96 @@
       <c r="B2" s="7" t="n">
         <v>28</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання
 7241 Електромонтажник силових мереж та електроустаткування</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання
 7241 Електромонтажник силових мереж та електроустаткування
 7141 Маляр</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>4</v>
       </c>