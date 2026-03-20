--- v0 (2025-10-27)
+++ v1 (2026-03-20)
@@ -932,51 +932,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>77</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів
 8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>71</v>
       </c>