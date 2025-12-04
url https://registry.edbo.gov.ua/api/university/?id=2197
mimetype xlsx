--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -724,51 +724,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>6123 Бджоляр
 7422 Столяр</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>43</v>
       </c>
       <c r="C3" s="7" t="n">
@@ -794,51 +794,51 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>17</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>51</v>
       </c>