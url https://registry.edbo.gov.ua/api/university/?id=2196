--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -839,145 +839,145 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4221 Агент з організації туризму
 5129 Майстер готельного обслуговування</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Бармен</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Бармен
 7412 Кулінар борошняних виробів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5129 Майстер ресторанного обслуговування</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7411.2 Виробник м'ясних напівфабрикатів
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>3</v>
       </c>