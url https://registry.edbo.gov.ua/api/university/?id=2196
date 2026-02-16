--- v1 (2025-12-13)
+++ v2 (2026-02-16)
@@ -839,51 +839,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4221 Агент з організації туризму
 5129 Майстер готельного обслуговування</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Бармен</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>37</v>
       </c>
       <c r="C3" s="7" t="n">
@@ -933,99 +933,99 @@
       </c>
       <c r="B5" s="7" t="n">
         <v>23</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5129 Майстер ресторанного обслуговування</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7411.2 Виробник м'ясних напівфабрикатів
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>3</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Пекар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>