--- v0 (2025-10-15)
+++ v1 (2026-02-12)
@@ -21,51 +21,51 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$25</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$76</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$40</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$34</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -533,51 +533,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>398</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.05.2021 № 59-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -670,51 +670,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>6.030504</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>економіка підприємства</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -3270,280 +3270,274 @@
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>20239</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G36" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H36" s="8" t="inlineStr">
         <is>
-          <t>- 9415</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I36" s="9"/>
       <c r="J36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>20240</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Економіка довкілля і природних ресурсів</t>
         </is>
       </c>
       <c r="G37" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H37" s="8" t="inlineStr">
         <is>
-          <t>- 9414</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I37" s="9"/>
       <c r="J37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>28129</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій та адміністрування</t>
         </is>
       </c>
       <c r="G38" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H38" s="8" t="inlineStr">
         <is>
-          <t>- 9420</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I38" s="9"/>
       <c r="J38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>58289</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Бізнес і приватне підприємництво</t>
         </is>
       </c>
       <c r="G39" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H39" s="8" t="inlineStr">
         <is>
-          <t>- 10298</t>
+          <t>- 19183</t>
         </is>
       </c>
       <c r="I39" s="9" t="n">
-        <v>46050</v>
+        <v>46358</v>
       </c>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>22073</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G40" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H40" s="8" t="inlineStr">
         <is>
-          <t>- 9428</t>
+          <t>- 18905</t>
         </is>
       </c>
       <c r="I40" s="9" t="n">
-        <v>45987</v>
+        <v>46344</v>
       </c>
       <c r="J40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>20276</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Інжиніринг зварювання та споріднених процесів</t>
         </is>
       </c>
       <c r="G41" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H41" s="8" t="inlineStr">
         <is>
-          <t>- 9425</t>
+          <t>- 19210</t>
         </is>
       </c>
       <c r="I41" s="9" t="n">
-        <v>45987</v>
+        <v>46358</v>
       </c>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>135</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Суднобудування</t>
         </is>
       </c>
       <c r="D42" s="3"/>
@@ -3765,144 +3759,146 @@
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>20280</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Електромеханічні системи автоматизації та електропривод</t>
         </is>
       </c>
       <c r="G47" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H47" s="8" t="inlineStr">
         <is>
-          <t>- 9488</t>
+          <t>- 19216</t>
         </is>
       </c>
       <c r="I47" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="J47" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>20281</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднових автоматизованих систем</t>
         </is>
       </c>
       <c r="G48" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H48" s="8" t="inlineStr">
         <is>
-          <t>- 9489</t>
+          <t>- 19207</t>
         </is>
       </c>
       <c r="I48" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="J48" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>63526</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>Економічна безпека в електроенергетиці</t>
         </is>
       </c>
       <c r="G49" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H49" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I49" s="9"/>
+          <t>- 19215</t>
+        </is>
+      </c>
+      <c r="I49" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J49" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
@@ -3943,190 +3939,190 @@
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>27059</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Холодильні машини і установки та системи кондиціювання</t>
         </is>
       </c>
       <c r="G51" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H51" s="8" t="inlineStr">
         <is>
-          <t>- 9504</t>
+          <t>- 19213</t>
         </is>
       </c>
       <c r="I51" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="J51" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>34287</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G52" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H52" s="8" t="inlineStr">
         <is>
-          <t>- 9422</t>
+          <t>- 19211</t>
         </is>
       </c>
       <c r="I52" s="9" t="n">
-        <v>45987</v>
+        <v>46358</v>
       </c>
       <c r="J52" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>34288</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Енергетичний менеджмент</t>
         </is>
       </c>
       <c r="G53" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H53" s="8" t="inlineStr">
         <is>
-          <t>- 9424</t>
+          <t>- 19212</t>
         </is>
       </c>
       <c r="I53" s="9" t="n">
-        <v>45987</v>
+        <v>46358</v>
       </c>
       <c r="J53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>58291</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Автоматизоване управління судновими енергетичними установками</t>
         </is>
       </c>
       <c r="G54" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H54" s="8" t="inlineStr">
         <is>
-          <t>- 9500</t>
+          <t>- 19228</t>
         </is>
       </c>
       <c r="I54" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="J54" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
@@ -4260,56 +4256,54 @@
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
         <v>79831</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Бізнес і приватне підприємництво</t>
         </is>
       </c>
       <c r="G58" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H58" s="8" t="inlineStr">
         <is>
-          <t>- 18321</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I58" s="9"/>
       <c r="J58" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
@@ -4677,56 +4671,54 @@
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
         <v>79833</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднових автоматизованих систем</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H67" s="8" t="inlineStr">
         <is>
-          <t>- 18323</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I67" s="9"/>
       <c r="J67" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
@@ -4765,56 +4757,54 @@
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>79836</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Електромеханічні системи автоматизації та електропривод</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H69" s="8" t="inlineStr">
         <is>
-          <t>- 18324</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I69" s="9"/>
       <c r="J69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
@@ -4861,105 +4851,101 @@
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E71" s="6" t="n">
         <v>79839</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G71" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H71" s="8" t="inlineStr">
         <is>
-          <t>- 18326</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I71" s="9"/>
       <c r="J71" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K71" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>Холодильні та кліматичні технології</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
         <v>79840</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Холодильні машини і установки та системи кондиціювання</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H72" s="8" t="inlineStr">
         <is>
-          <t>- 18325</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I72" s="9"/>
       <c r="J72" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K72" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
@@ -5041,126 +5027,122 @@
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>79844</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
           <t>Автоматизоване управління судновими енергетичними установками</t>
         </is>
       </c>
       <c r="G75" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H75" s="8" t="inlineStr">
         <is>
-          <t>- 18327</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I75" s="9"/>
       <c r="J75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K75" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>79845</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Інжиніринг зварювання та споріднених процесів</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H76" s="8" t="inlineStr">
         <is>
-          <t>- 18322</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I76" s="9"/>
       <c r="J76" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K76" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K76"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I40"/>
+  <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -5274,51 +5256,51 @@
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
@@ -5341,124 +5323,124 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Суднобудування</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
@@ -5488,51 +5470,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
@@ -5653,150 +5635,150 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>135</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Суднобудування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
@@ -5888,51 +5870,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -5954,51 +5936,51 @@
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
@@ -6017,162 +5999,162 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
-          <t>Суднобудування</t>
+          <t>Двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
-          <t>Двигуни та енергетичні установки</t>
+          <t>Суднобудування</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
@@ -6254,308 +6236,110 @@
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
-[...196 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I40"/>
+  <autoFilter ref="A1:I34"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>