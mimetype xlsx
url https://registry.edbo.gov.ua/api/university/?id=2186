--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -954,120 +954,120 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4121 Офісний службовець (бухгалтерія)
 4112 Оператор комп'ютерного набору</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>12</v>
       </c>
       <c r="C6" s="7" t="n">