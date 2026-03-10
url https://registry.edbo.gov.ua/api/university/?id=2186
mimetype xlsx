--- v1 (2025-12-21)
+++ v2 (2026-03-10)
@@ -976,98 +976,98 @@
         </is>
       </c>
       <c r="B2" s="7" t="n">
         <v>63</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>12</v>
       </c>
       <c r="C6" s="7" t="n">