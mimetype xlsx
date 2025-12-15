--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -357,63 +357,63 @@
         <is>
           <t>м. Переяслав</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Можайська, 5</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>0456752040; 0456752812;</t>
+          <t>+38(093)-887-30-71</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>ptu22@us.com.ua</t>
+          <t>ptu_22_phm@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
@@ -1097,51 +1097,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7241 Електромонтер з ремонту вторинної комутації та зв'язку
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>101</v>
       </c>
@@ -1190,51 +1190,51 @@
       <c r="B5" s="7" t="n">
         <v>71</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>