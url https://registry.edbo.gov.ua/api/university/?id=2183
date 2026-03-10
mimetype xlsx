--- v1 (2025-12-15)
+++ v2 (2026-03-10)
@@ -11,51 +11,51 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ПТО" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Здобувачі ПТО" sheetId="3" state="visible" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$30</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$32</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$6</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -430,51 +430,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
       <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Ліцензійний обсяг</t>
         </is>
       </c>
@@ -625,450 +625,484 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 </t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C9" s="8" t="inlineStr">
         <is>
           <t>АЕ 285495</t>
         </is>
       </c>
       <c r="D9" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
+</t>
+        </is>
+      </c>
+      <c r="B10" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C10" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D10" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="3" t="inlineStr">
+        <is>
+          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
+</t>
+        </is>
+      </c>
+      <c r="B11" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C11" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D11" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="3" t="inlineStr">
+        <is>
+          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7241 Електромонтер з ремонту вторинної комутації та зв'язку
 8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
-      <c r="B10" s="7" t="n">
+      <c r="B12" s="7" t="n">
         <v>85</v>
       </c>
-      <c r="C10" s="8" t="inlineStr">
-[...36 lines deleted...]
-      </c>
       <c r="C12" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D12" s="9" t="n">
-        <v>49116</v>
+        <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>7242 Налагоджувальник технологічного устаткування (електронна техніка)
 </t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="C13" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D13" s="9" t="n">
         <v>49116</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>7412 Кондитер
+          <t>7242 Налагоджувальник технологічного устаткування (електронна техніка)
 </t>
         </is>
       </c>
       <c r="B14" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C14" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D14" s="9" t="n">
-        <v>48756</v>
+        <v>49116</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
-          <t>7433 Кравець
+          <t>7242 Налагоджувальник технологічного устаткування (електронна техніка)
 </t>
         </is>
       </c>
       <c r="B15" s="7" t="n">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="C15" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D15" s="9" t="n">
-        <v>48756</v>
+        <v>49116</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
+          <t>7412 Кондитер
+</t>
+        </is>
+      </c>
+      <c r="B16" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C16" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D16" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="3" t="inlineStr">
+        <is>
+          <t>7433 Кравець
+</t>
+        </is>
+      </c>
+      <c r="B17" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C17" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D17" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="3" t="inlineStr">
+        <is>
           <t>7433 Кравець
 8263 Вишивальник
 </t>
         </is>
       </c>
-      <c r="B16" s="7" t="n">
-[...36 lines deleted...]
-      </c>
       <c r="B18" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C18" s="8" t="inlineStr">
         <is>
-          <t>PД 016769</t>
+          <t>- -</t>
         </is>
       </c>
       <c r="D18" s="9" t="n">
-        <v>46204</v>
+        <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>8263 Вишивальник
+          <t>7435 Закрійник
 </t>
         </is>
       </c>
       <c r="B19" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C19" s="8" t="inlineStr">
         <is>
-          <t>- -</t>
+          <t>PД 016769</t>
         </is>
       </c>
       <c r="D19" s="9" t="n">
-        <v>48756</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>8322 Водій автотранспортних засобів (категорія C)
+          <t>7436 Швачка
 </t>
         </is>
       </c>
       <c r="B20" s="7" t="n">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="C20" s="8" t="inlineStr">
         <is>
-          <t>- -</t>
+          <t>PД 016769</t>
         </is>
       </c>
       <c r="D20" s="9" t="n">
-        <v>48756</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
-          <t>8322 Водій автотранспортних засобів (категорія B)
+          <t>8263 Вишивальник
 </t>
         </is>
       </c>
       <c r="B21" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C21" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D21" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1)
+          <t>8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
       <c r="B22" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C22" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D22" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія B2)
+          <t>8322 Водій автотранспортних засобів (категорія B)
 </t>
         </is>
       </c>
       <c r="B23" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C23" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D23" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія B3)
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1)
 </t>
         </is>
       </c>
       <c r="B24" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C24" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D24" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1)
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A2)
 </t>
         </is>
       </c>
       <c r="B25" s="7" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C25" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D25" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія C)
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія D1)
 </t>
         </is>
       </c>
       <c r="B26" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C26" s="8" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія D1)
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія C)
 </t>
         </is>
       </c>
       <c r="B27" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C27" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D27" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D27" s="9" t="n">
+        <v>48756</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія B1)
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1)
 </t>
         </is>
       </c>
       <c r="B28" s="7" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C28" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D28" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A2)
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія B3)
 </t>
         </is>
       </c>
       <c r="B29" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C29" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D29" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
+        <is>
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія B2)
+</t>
+        </is>
+      </c>
+      <c r="B30" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C30" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D30" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="3" t="inlineStr">
+        <is>
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія B1)
+</t>
+        </is>
+      </c>
+      <c r="B31" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C31" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D31" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1, A2, B1)
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
-      <c r="B30" s="7" t="n">
+      <c r="B32" s="7" t="n">
         <v>60</v>
       </c>
-      <c r="C30" s="8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D30" s="9" t="n">
+      <c r="C32" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D32" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D30"/>
+  <autoFilter ref="A1:D32"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>