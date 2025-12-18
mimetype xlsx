--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -6037,54 +6037,56 @@
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>64781</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Автомобілі, дорожні, будівельні машини та обладнання</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I92" s="9"/>
+          <t>- 18982</t>
+        </is>
+      </c>
+      <c r="I92" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J92" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K92" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
@@ -9383,51 +9385,51 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -9452,51 +9454,51 @@
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -9651,51 +9653,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
@@ -9886,54 +9888,54 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
@@ -10067,51 +10069,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
@@ -10236,51 +10238,51 @@
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -10302,51 +10304,51 @@
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -10434,51 +10436,51 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -10533,84 +10535,84 @@
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -10632,84 +10634,84 @@
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>53</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -10830,154 +10832,154 @@
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
@@ -11002,118 +11004,118 @@
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
         <v>167</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
@@ -11304,54 +11306,54 @@
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -11807,84 +11809,84 @@
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>47</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -11972,117 +11974,117 @@
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -12137,117 +12139,117 @@
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
@@ -12867,54 +12869,54 @@
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>