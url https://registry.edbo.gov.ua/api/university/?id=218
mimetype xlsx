--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -30,51 +30,51 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПДО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$157</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$118</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$100</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -419,63 +419,63 @@
         <is>
           <t>office@kdu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://www.kdu.edu.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>ректор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Никифоров Володимир Валентинович</t>
+          <t>Загірняк Денис Михайлович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -2655,54 +2655,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>23122</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I12" s="9"/>
+          <t>- 19684</t>
+        </is>
+      </c>
+      <c r="I12" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t>НД 1787008</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
@@ -2778,55 +2780,55 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>23125</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t>- 1550</t>
+          <t>- 19689</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D16" s="3"/>
@@ -5509,55 +5511,55 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>13178</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G80" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H80" s="7" t="inlineStr">
         <is>
-          <t>УД 17003567</t>
+          <t>- 19690</t>
         </is>
       </c>
       <c r="I80" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J80" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K80" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D81" s="3"/>
@@ -5730,55 +5732,55 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>22238</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
           <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G85" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H85" s="7" t="inlineStr">
         <is>
-          <t>УД 17007553</t>
+          <t>- 19708</t>
         </is>
       </c>
       <c r="I85" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J85" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K85" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
@@ -6082,55 +6084,55 @@
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>8913</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Електротехнічні системи електроспоживання</t>
         </is>
       </c>
       <c r="G93" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H93" s="7" t="inlineStr">
         <is>
-          <t>УД 17003572</t>
+          <t>- 19510</t>
         </is>
       </c>
       <c r="I93" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J93" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K93" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D94" s="3"/>
@@ -6393,54 +6395,56 @@
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
         <v>64696</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
           <t>Біотехнічні та медичні апарати і системи</t>
         </is>
       </c>
       <c r="G100" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H100" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I100" s="9"/>
+          <t>УД 17019221</t>
+        </is>
+      </c>
+      <c r="I100" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J100" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K100" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
@@ -8946,51 +8950,51 @@
       <c r="I157" s="9"/>
       <c r="J157" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K157" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K157"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I118"/>
+  <dimension ref="A1:I100"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -9146,51 +9150,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
@@ -9256,51 +9260,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -9550,84 +9554,84 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -9719,51 +9723,51 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
@@ -9888,51 +9892,51 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>49</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
@@ -9954,199 +9958,199 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
@@ -10172,51 +10176,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -10238,117 +10242,117 @@
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -10373,81 +10377,81 @@
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>53</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -10469,54 +10473,54 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -10601,120 +10605,120 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
@@ -10766,51 +10770,51 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
@@ -10865,84 +10869,84 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -11001,88 +11005,88 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>74</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>51</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
@@ -11174,54 +11178,54 @@
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -11442,51 +11446,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -11607,1395 +11611,793 @@
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Прикладна механіка</t>
+        </is>
+      </c>
+      <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
-[...596 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I118"/>
+  <autoFilter ref="A1:I100"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>