--- v2 (2026-02-02)
+++ v3 (2026-03-26)
@@ -30,51 +30,51 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПДО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$157</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$100</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$99</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -916,51 +916,51 @@
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
           <t> 14050</t>
         </is>
       </c>
       <c r="H4" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
@@ -1074,51 +1074,51 @@
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
           <t> 629</t>
         </is>
       </c>
       <c r="H8" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
@@ -2409,51 +2409,51 @@
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>28354</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t>- 1426</t>
         </is>
       </c>
       <c r="I6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D7" s="3"/>
@@ -2495,92 +2495,92 @@
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>29823</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t>- 1444</t>
         </is>
       </c>
       <c r="I8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>28236</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t>- 1760</t>
         </is>
       </c>
       <c r="I9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
@@ -2618,51 +2618,51 @@
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>24943</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t>- 1559</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
@@ -3071,51 +3071,51 @@
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>10851</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t>- 1803</t>
         </is>
       </c>
       <c r="I22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D23" s="3"/>
@@ -3600,174 +3600,174 @@
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>28235</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
           <t>- 5797</t>
         </is>
       </c>
       <c r="I35" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>62276</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
           <t>- 5797</t>
         </is>
       </c>
       <c r="I36" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>28146</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t>- 629</t>
         </is>
       </c>
       <c r="I37" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>28241</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
           <t>- 1361</t>
         </is>
       </c>
       <c r="I38" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
@@ -4110,51 +4110,51 @@
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
         <v>76691</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="7" t="inlineStr">
         <is>
           <t>- 14035</t>
         </is>
       </c>
       <c r="I47" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
@@ -4192,91 +4192,93 @@
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>76694</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="7" t="inlineStr">
         <is>
           <t>- 14037</t>
         </is>
       </c>
       <c r="I49" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>76697</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I50" s="9"/>
+          <t>- 19883</t>
+        </is>
+      </c>
+      <c r="I50" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
@@ -4309,55 +4311,55 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>76739</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="7" t="inlineStr">
         <is>
-          <t>- 14039</t>
+          <t>- 19884</t>
         </is>
       </c>
       <c r="I52" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D53" s="3"/>
@@ -4563,51 +4565,51 @@
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
         <v>76783</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="7" t="inlineStr">
         <is>
           <t>- 14045</t>
         </is>
       </c>
       <c r="I58" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D59" s="3"/>
@@ -4934,92 +4936,92 @@
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
         <v>81252</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="7" t="inlineStr">
         <is>
           <t>- 14051</t>
         </is>
       </c>
       <c r="I67" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J67" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>76120</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="7" t="inlineStr">
         <is>
           <t>- 14050</t>
         </is>
       </c>
       <c r="I68" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J68" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K68" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D69" s="3"/>
@@ -7162,54 +7164,56 @@
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
         <v>82403</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G117" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H117" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I117" s="9"/>
+          <t>- 19885</t>
+        </is>
+      </c>
+      <c r="I117" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J117" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K117" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
@@ -7338,54 +7342,56 @@
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
         <v>84405</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
           <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I121" s="9"/>
+          <t>- 19887</t>
+        </is>
+      </c>
+      <c r="I121" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J121" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K121" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
@@ -7428,54 +7434,56 @@
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
         <v>84663</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
           <t>Автомобілі, дорожні, будівельні машини та обладнання</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H123" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I123" s="9"/>
+          <t>- 19888</t>
+        </is>
+      </c>
+      <c r="I123" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J123" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
@@ -7692,54 +7700,56 @@
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
         <v>84662</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Електротехнічні системи електроспоживання</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I129" s="9"/>
+          <t>- 19886</t>
+        </is>
+      </c>
+      <c r="I129" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J129" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
@@ -8220,51 +8230,51 @@
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>37275</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H141" s="7" t="inlineStr">
         <is>
           <t>- 653</t>
         </is>
       </c>
       <c r="I141" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J141" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K141" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D142" s="3"/>
@@ -8525,51 +8535,51 @@
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
         <v>37282</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G148" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H148" s="7" t="inlineStr">
         <is>
           <t>- 824</t>
         </is>
       </c>
       <c r="I148" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J148" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D149" s="3"/>
@@ -8660,51 +8670,51 @@
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
         <v>84665</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H151" s="7" t="inlineStr">
         <is>
           <t>- 14067</t>
         </is>
       </c>
       <c r="I151" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J151" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K151" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D152" s="3"/>
@@ -8836,51 +8846,51 @@
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
         <v>84667</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H155" s="7" t="inlineStr">
         <is>
           <t>- 14069</t>
         </is>
       </c>
       <c r="I155" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J155" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D156" s="3"/>
@@ -8950,51 +8960,51 @@
       <c r="I157" s="9"/>
       <c r="J157" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K157" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K157"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I100"/>
+  <dimension ref="A1:I99"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -9039,51 +9049,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -9392,117 +9402,117 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -9554,51 +9564,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -9726,51 +9736,51 @@
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>51</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
@@ -9789,51 +9799,51 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
@@ -9895,51 +9905,51 @@
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>58</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
@@ -10106,84 +10116,84 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -10209,54 +10219,54 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -10410,117 +10420,117 @@
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>97</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -10539,51 +10549,51 @@
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -10674,147 +10684,147 @@
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>198</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
@@ -10869,54 +10879,54 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -10972,87 +10982,87 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
@@ -11181,51 +11191,51 @@
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -11277,54 +11287,54 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -11545,51 +11555,51 @@
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -11644,51 +11654,51 @@
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
@@ -11700,704 +11710,671 @@
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I100"/>
+  <autoFilter ref="A1:I99"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>