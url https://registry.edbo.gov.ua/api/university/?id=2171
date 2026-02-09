--- v0 (2025-11-03)
+++ v1 (2026-02-09)
@@ -393,63 +393,63 @@
         <is>
           <t>sofpl@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>dptnzsofpl.wixsite.com/sofpl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Голова комісії з припинення</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Бугайчук Руслан Якович</t>
+          <t>Фокіна Юлія Володимирівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -738,51 +738,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>28</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>