--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1113,51 +1113,51 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -1249,87 +1249,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -1451,54 +1451,54 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -1558,84 +1558,84 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -1697,81 +1697,81 @@
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -1829,51 +1829,51 @@
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -2189,51 +2189,51 @@
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -2729,54 +2729,54 @@
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -3158,51 +3158,51 @@
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
@@ -3331,51 +3331,51 @@
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
@@ -3430,84 +3430,84 @@
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>55</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3727,51 +3727,51 @@
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -3793,121 +3793,121 @@
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E101" s="6" t="n">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -3962,51 +3962,51 @@
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -4160,183 +4160,183 @@
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I114"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>