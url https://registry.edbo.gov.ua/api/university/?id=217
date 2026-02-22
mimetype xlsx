--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -33,51 +33,51 @@
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПДО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Ліцензії ПТО" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Освітні програми" sheetId="9" state="visible" r:id="rId10"/>
     <sheet name="Здобувачі ВО" sheetId="10" state="visible" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$34</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$521</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$57</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$273</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$114</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$112</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -455,51 +455,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I114"/>
+  <dimension ref="A1:I112"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -577,51 +577,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -753,51 +753,51 @@
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -1083,51 +1083,51 @@
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
@@ -1454,88 +1454,88 @@
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>34</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -1558,190 +1558,190 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -1796,51 +1796,51 @@
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -1862,117 +1862,117 @@
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>94</v>
+        <v>155</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
@@ -1991,120 +1991,120 @@
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>57</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
@@ -2179,2180 +2179,2114 @@
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
-[...2 lines deleted...]
-      <c r="D52" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D52" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E52" s="6" t="n">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична терапія, ерготерапія</t>
+        </is>
+      </c>
+      <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="F56" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>274</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>7</v>
+        <v>86</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>88</v>
+        <v>1</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
-[...2 lines deleted...]
-      <c r="D61" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D61" s="3" t="inlineStr">
+        <is>
+          <t>Корекційна психопедагогіка</t>
+        </is>
+      </c>
       <c r="E61" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
+        </is>
+      </c>
+      <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
-          <t>B13</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна, інформаційна та архівна справа</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F64" s="6" t="n">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>10</v>
+        <v>106</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>109</v>
+        <v>9</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
+        <v>8</v>
+      </c>
+      <c r="F78" s="6" t="n">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
-[...2 lines deleted...]
-      <c r="D80" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D80" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E80" s="6" t="n">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>I8</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>I8</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Фармація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Туризм та рекреація</t>
+        </is>
+      </c>
+      <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>7</v>
+        <v>41</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
-[...2 lines deleted...]
-      <c r="D100" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D100" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E100" s="6" t="n">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>72</v>
+        <v>6</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>274</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="F108" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
+        <v>27</v>
+      </c>
+      <c r="F111" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
-[...64 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I114"/>
+  <autoFilter ref="A1:I112"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:E34"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
@@ -9132,54 +9066,56 @@
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G3" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H3" s="9"/>
+          <t>УП 11019924</t>
+        </is>
+      </c>
+      <c r="H3" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
@@ -9370,54 +9306,56 @@
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H9" s="9"/>
+          <t>УП 11019939</t>
+        </is>
+      </c>
+      <c r="H9" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
@@ -9452,51 +9390,51 @@
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F11" s="6" t="n">
         <v>142</v>
       </c>
       <c r="G11" s="7" t="inlineStr">
         <is>
           <t>УП 11014044</t>
         </is>
       </c>
       <c r="H11" s="9" t="n">
-        <v>46023</v>
+        <v>46387</v>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.03.2021 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
@@ -16714,92 +16652,92 @@
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>9368</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>управління міжнародними соціальними проектами і програмами</t>
         </is>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I101" s="9"/>
       <c r="J101" s="7" t="inlineStr">
         <is>
           <t>УП 11014034</t>
         </is>
       </c>
       <c r="K101" s="9" t="n">
-        <v>46023</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
         <v>37300</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I102" s="9"/>
       <c r="J102" s="7" t="inlineStr">
         <is>
           <t>УП 11014034</t>
         </is>
       </c>
       <c r="K102" s="9" t="n">
-        <v>46023</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
         <v>51317</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
           <t>Готельно - ресторанна справа</t>
@@ -19974,51 +19912,51 @@
       <c r="E177" s="6" t="n">
         <v>16549</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G177" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H177" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I177" s="9"/>
       <c r="J177" s="7" t="inlineStr">
         <is>
           <t>УП 11014044</t>
         </is>
       </c>
       <c r="K177" s="9" t="n">
-        <v>46023</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
         <v>10122</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
           <t>Мікробіологія</t>