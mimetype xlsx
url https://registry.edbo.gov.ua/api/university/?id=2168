--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -822,119 +822,119 @@
       </c>
       <c r="B5" s="7" t="n">
         <v>27</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 5220 Продавець непродовольчих товарів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7412 Кондитер</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>74</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>