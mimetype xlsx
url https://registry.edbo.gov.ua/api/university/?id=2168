--- v1 (2025-12-04)
+++ v2 (2026-01-26)
@@ -912,51 +912,51 @@
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>54</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7412 Кондитер</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
         <v>41</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>