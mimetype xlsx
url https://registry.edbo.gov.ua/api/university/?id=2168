--- v2 (2026-01-26)
+++ v3 (2026-03-15)
@@ -754,51 +754,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>53</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 4222 Офіс-адміністратор</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4131 Агент з постачання</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>18</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
@@ -890,73 +890,73 @@
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>12</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7412 Кондитер</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
         <v>41</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>