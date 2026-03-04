--- v0 (2025-11-05)
+++ v1 (2026-03-04)
@@ -981,51 +981,51 @@
         <is>
           <t>7412 Пекар
 </t>
         </is>
       </c>
       <c r="B24" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C24" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D24" s="9" t="n">
         <v>48233</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>7412 Кондитер
 </t>
         </is>
       </c>
       <c r="B25" s="7" t="n">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="C25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>7412 Кондитер
 </t>
         </is>
       </c>
       <c r="B26" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C26" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D26" s="9" t="n">
         <v>48022</v>
@@ -1141,51 +1141,51 @@
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 4121 Обліковець з реєстрації бухгалтерських даних</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>104</v>
+        <v>78</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C3" s="7" t="n">
@@ -1256,51 +1256,51 @@
       </c>
       <c r="B6" s="7" t="n">
         <v>73</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 5220 Продавець непродовольчих товарів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>78</v>
       </c>
       <c r="C8" s="7" t="n">