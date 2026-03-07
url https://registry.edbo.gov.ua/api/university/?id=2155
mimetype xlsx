--- v0 (2026-01-09)
+++ v1 (2026-03-07)
@@ -859,74 +859,74 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>148</v>
+        <v>118</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>5</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>