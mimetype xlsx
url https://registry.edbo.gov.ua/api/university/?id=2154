--- v0 (2025-10-20)
+++ v1 (2025-12-16)
@@ -3744,74 +3744,74 @@
       </c>
       <c r="B2" s="8" t="n">
         <v>25</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4211 Контролер-касир
 4121 Обліковець з реєстрації бухгалтерських даних</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4223 Оператор поштового зв'язку
 4212 Касир (в банку)</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>87</v>
       </c>
       <c r="C5" s="8" t="n">
@@ -3882,51 +3882,51 @@
       </c>
       <c r="B8" s="8" t="n">
         <v>26</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
         <v>25</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
@@ -3973,51 +3973,51 @@
         </is>
       </c>
       <c r="B12" s="8" t="n">
         <v>78</v>
       </c>
       <c r="C12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B13" s="8" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B14" s="8" t="n">
         <v>74</v>
       </c>
       <c r="C14" s="8" t="n">
@@ -4108,51 +4108,51 @@
         </is>
       </c>
       <c r="B18" s="8" t="n">
         <v>25</v>
       </c>
       <c r="C18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю</t>
         </is>
       </c>
       <c r="B19" s="8" t="n">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар-ремонтник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B20" s="8" t="n">
         <v>90</v>
       </c>