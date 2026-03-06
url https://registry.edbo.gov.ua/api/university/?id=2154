--- v1 (2025-12-16)
+++ v2 (2026-03-06)
@@ -3402,51 +3402,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Верстати та інструменти</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
@@ -3501,51 +3501,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -3633,51 +3633,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -3812,51 +3812,51 @@
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>87</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>6131 Робітник фермерського господарства</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7129 Робітник з комплексного обслуговування й ремонту будинків
 5312 Оформлювач вітрин, приміщень та будівель</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
         <v>74</v>
       </c>
       <c r="C7" s="8" t="n">
@@ -3927,144 +3927,144 @@
       </c>
       <c r="B10" s="8" t="n">
         <v>25</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 8322 Водій автотранспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B12" s="8" t="n">
         <v>78</v>
       </c>
       <c r="C12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B13" s="8" t="n">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="C13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B14" s="8" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B15" s="8" t="n">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар-ремонтник</t>
         </is>
       </c>
       <c r="B16" s="8" t="n">
         <v>25</v>
       </c>
       <c r="C16" s="8" t="n">
         <v>0</v>