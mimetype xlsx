--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -25,53 +25,53 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$8</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$114</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$92</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$91</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -597,51 +597,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2045</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -727,51 +727,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -1310,51 +1310,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки та інформаційні технології</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>55</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -1641,51 +1641,51 @@
       </c>
       <c r="K8" s="9"/>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 23.06.2016 № 707</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K3"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
@@ -1718,138 +1718,97 @@
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C2" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>60</v>
       </c>
       <c r="I2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.06.2025 № 95-л</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
-[...39 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K3"/>
+  <autoFilter ref="A1:K2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K114"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -6902,51 +6861,51 @@
       <c r="I114" s="9"/>
       <c r="J114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K114"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I92"/>
+  <dimension ref="A1:I91"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -7245,51 +7204,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>36</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -7385,84 +7344,84 @@
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>40</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -7484,51 +7443,51 @@
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>110</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -7550,51 +7509,51 @@
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
@@ -7616,51 +7575,51 @@
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -7752,51 +7711,51 @@
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>43</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -7826,88 +7785,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -7937,85 +7896,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>90</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -8151,51 +8110,51 @@
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>61</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -8217,114 +8176,114 @@
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>62</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -8449,84 +8408,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -8584,84 +8543,84 @@
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -8691,125 +8650,125 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -8909,84 +8868,84 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -9041,114 +9000,114 @@
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>29</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -9269,895 +9228,858 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Фізичне виховання</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E71" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>1</v>
+        <v>75</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>78</v>
+        <v>42</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>5</v>
+        <v>63</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>62</v>
+        <v>4</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>86</v>
+        <v>33</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
-[...2 lines deleted...]
-      <c r="D83" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D83" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E83" s="6" t="n">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальне забезпечення</t>
+        </is>
+      </c>
+      <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>49</v>
+        <v>4</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
+        <v>21</v>
+      </c>
+      <c r="F86" s="6" t="n">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I92"/>
+  <autoFilter ref="A1:I91"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>