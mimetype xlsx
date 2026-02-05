--- v1 (2025-12-08)
+++ v2 (2026-02-05)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$114</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$91</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$92</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -801,54 +801,56 @@
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>88</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H3" s="9"/>
+          <t>УП 18016982</t>
+        </is>
+      </c>
+      <c r="H3" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.05.2025 № 50-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
@@ -924,51 +926,51 @@
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
         <v>74</v>
       </c>
       <c r="G6" s="8" t="inlineStr">
         <is>
           <t>УП 18001680</t>
         </is>
       </c>
       <c r="H6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.03.2021 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
@@ -1086,90 +1088,90 @@
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="F10" s="6" t="n">
         <v>54</v>
       </c>
       <c r="G10" s="8" t="inlineStr">
         <is>
           <t>УП 18016983</t>
         </is>
       </c>
       <c r="H10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.06.2023 № 223-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="F11" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G11" s="8" t="inlineStr">
         <is>
           <t>НІ 1893636</t>
         </is>
       </c>
       <c r="H11" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
@@ -2208,96 +2210,96 @@
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>27845</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія та правознавство)</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t>НІ 1897146</t>
         </is>
       </c>
       <c r="K9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>64511</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія та правознавство)</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="8" t="inlineStr">
         <is>
           <t>НІ 1897146</t>
         </is>
       </c>
       <c r="K10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Мова і література</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
         <v>27525</v>
@@ -2886,51 +2888,51 @@
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>55390</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення Інтернету речей</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t>УП 18002932</t>
         </is>
       </c>
       <c r="K25" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>27857</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -3009,51 +3011,51 @@
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>27844</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t>УП 18001680</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>61035</v>
@@ -3937,54 +3939,56 @@
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>78061</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення Інтернету речей</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I50" s="9"/>
       <c r="J50" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K50" s="9"/>
+          <t>УП 18002932</t>
+        </is>
+      </c>
+      <c r="K50" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>78060</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки та кіберзахист</t>
         </is>
@@ -4060,54 +4064,56 @@
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
         <v>78059</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K53" s="9"/>
+          <t>УП 18016982</t>
+        </is>
+      </c>
+      <c r="K53" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>78062</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
@@ -5172,100 +5178,100 @@
       <c r="E77" s="6" t="n">
         <v>50072</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G77" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H77" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="8" t="inlineStr">
         <is>
           <t>НІ 1893636</t>
         </is>
       </c>
       <c r="K77" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
         <v>61631</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H78" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="8" t="inlineStr">
         <is>
           <t>УП 18016983</t>
         </is>
       </c>
       <c r="K78" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>64968</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Економіка соціального забезпечення</t>
@@ -6861,51 +6867,51 @@
       <c r="I114" s="9"/>
       <c r="J114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K114"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I91"/>
+  <dimension ref="A1:I92"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -7056,51 +7062,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -7237,51 +7243,51 @@
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>34</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -7341,51 +7347,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>43</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -7407,54 +7413,54 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -7609,51 +7615,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -7745,199 +7751,199 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Фізичне виховання</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -7967,54 +7973,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -8074,54 +8080,54 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -8143,51 +8149,51 @@
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>39</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
@@ -8206,153 +8212,153 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
@@ -8408,51 +8414,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -8507,51 +8513,51 @@
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
@@ -8865,51 +8871,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
@@ -8997,51 +9003,51 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>33</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
@@ -9232,342 +9238,342 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
-          <t>Фізичне виховання</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>23</v>
+        <v>6</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E71" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Фізичне виховання</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -9652,51 +9658,51 @@
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -9788,298 +9794,331 @@
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>5</v>
+        <v>31</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
+        <v>21</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="G91" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H91" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I91" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B92" s="8" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="C92" s="3" t="inlineStr">
+        <is>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D92" s="3"/>
+      <c r="E92" s="6" t="n">
         <v>15</v>
       </c>
-      <c r="F91" s="6" t="n">
-[...8 lines deleted...]
-      <c r="I91" s="6" t="n">
+      <c r="F92" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G92" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H92" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I91"/>
+  <autoFilter ref="A1:I92"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>