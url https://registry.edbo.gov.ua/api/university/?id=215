--- v2 (2026-02-05)
+++ v3 (2026-03-29)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$114</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$92</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$91</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -805,51 +805,51 @@
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>88</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
           <t>УП 18016982</t>
         </is>
       </c>
       <c r="H3" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.05.2025 № 50-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
@@ -887,90 +887,90 @@
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
         <v>88</v>
       </c>
       <c r="G5" s="8" t="inlineStr">
         <is>
           <t>УП 18016982</t>
         </is>
       </c>
       <c r="H5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.06.2023 № 223-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
         <v>74</v>
       </c>
       <c r="G6" s="8" t="inlineStr">
         <is>
           <t>УП 18001680</t>
         </is>
       </c>
       <c r="H6" s="9" t="n">
-        <v>46752</v>
+        <v>46387</v>
       </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.03.2021 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
@@ -1088,90 +1088,90 @@
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="F10" s="6" t="n">
         <v>54</v>
       </c>
       <c r="G10" s="8" t="inlineStr">
         <is>
           <t>УП 18016983</t>
         </is>
       </c>
       <c r="H10" s="9" t="n">
-        <v>46752</v>
+        <v>46387</v>
       </c>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.06.2023 № 223-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="F11" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G11" s="8" t="inlineStr">
         <is>
           <t>НІ 1893636</t>
         </is>
       </c>
       <c r="H11" s="9" t="n">
-        <v>46752</v>
+        <v>46387</v>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
@@ -2075,51 +2075,51 @@
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>27855</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Географія та біологія)</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="8" t="inlineStr">
         <is>
           <t>НІ 1897155</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>34782</v>
@@ -3011,96 +3011,96 @@
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>27844</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t>УП 18001680</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46752</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>61035</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="8" t="inlineStr">
         <is>
           <t>УП 18016982</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>10323</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -4068,51 +4068,51 @@
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
         <v>78059</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="8" t="inlineStr">
         <is>
           <t>УП 18016982</t>
         </is>
       </c>
       <c r="K53" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>78062</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -5178,138 +5178,140 @@
       <c r="E77" s="6" t="n">
         <v>50072</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G77" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H77" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="8" t="inlineStr">
         <is>
           <t>НІ 1893636</t>
         </is>
       </c>
       <c r="K77" s="9" t="n">
-        <v>46752</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
         <v>61631</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H78" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="8" t="inlineStr">
         <is>
           <t>УП 18016983</t>
         </is>
       </c>
       <c r="K78" s="9" t="n">
-        <v>46752</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>64968</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Економіка соціального забезпечення</t>
         </is>
       </c>
       <c r="G79" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H79" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I79" s="9"/>
+          <t>- 20022</t>
+        </is>
+      </c>
+      <c r="I79" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J79" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K79" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
@@ -6867,51 +6869,51 @@
       <c r="I114" s="9"/>
       <c r="J114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K114"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I92"/>
+  <dimension ref="A1:I91"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -7350,51 +7352,51 @@
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>39</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -7446,54 +7448,54 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -7548,51 +7550,51 @@
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -7681,54 +7683,54 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -7754,51 +7756,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Фізичне виховання</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
         <v>46</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -7828,51 +7830,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -7899,51 +7901,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -8083,114 +8085,114 @@
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>338</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -8248,51 +8250,51 @@
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>167</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -8447,51 +8449,51 @@
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -9168,610 +9170,610 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Фізичне виховання</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E71" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
-          <t>Фізичне виховання</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>73</v>
+        <v>19</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>57</v>
+        <v>3</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -9794,331 +9796,298 @@
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I92"/>
+  <autoFilter ref="A1:I91"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>