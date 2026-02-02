--- v0 (2025-12-01)
+++ v1 (2026-02-02)
@@ -1356,51 +1356,51 @@
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>31</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7129 Робітник з комплексного обслуговування й ремонту будинків</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7141 Маляр</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>18</v>
       </c>
       <c r="C7" s="7" t="n">
@@ -1449,142 +1449,142 @@
       </c>
       <c r="B9" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7233 Слюсар-ремонтник</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7241 Електрослюсар (слюсар) черговий та з ремонту устаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
         <v>29</v>
       </c>
       <c r="C12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
 8211 Оператор верстатів з програмним керуванням</t>
         </is>
       </c>
       <c r="B14" s="7" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>