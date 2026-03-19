--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -1471,120 +1471,120 @@
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>48</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7241 Електрослюсар (слюсар) черговий та з ремонту устаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
         <v>29</v>
       </c>
       <c r="C12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
 8211 Оператор верстатів з програмним керуванням</t>
         </is>
       </c>
       <c r="B14" s="7" t="n">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>