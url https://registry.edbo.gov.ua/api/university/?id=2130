--- v0 (2025-10-25)
+++ v1 (2026-02-02)
@@ -1327,51 +1327,51 @@
       <c r="B6" s="7" t="n">
         <v>75</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар-ремонтник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар-ремонтник
 8322 Водій автотранспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>76</v>