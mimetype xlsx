--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -1256,51 +1256,51 @@
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>19</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>75</v>
       </c>
       <c r="C5" s="7" t="n">