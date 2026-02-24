--- v0 (2025-10-20)
+++ v1 (2026-02-24)
@@ -393,51 +393,51 @@
         <is>
           <t>lebedin_vpu@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://lvpu.sumy.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Троян Анатолій Григорович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>