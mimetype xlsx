--- v0 (2026-01-01)
+++ v1 (2026-03-14)
@@ -896,98 +896,98 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>23</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4121 Обліковець з реєстрації бухгалтерських даних
 4112 Оператор комп'ютерного набору</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>78</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7129 Монтажник гіпсокартонних конструкцій</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>65</v>
       </c>
       <c r="C6" s="7" t="n">