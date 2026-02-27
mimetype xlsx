--- v0 (2026-01-11)
+++ v1 (2026-02-27)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПТО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$132</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$109</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$102</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -416,63 +416,63 @@
         <is>
           <t>admin@khadi.kharkov.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>www.khadi.kharkov.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Богомолов Віктор Олександрович</t>
+          <t>Батракова Анжеліка Геннадіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -2213,51 +2213,51 @@
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>31958</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Інформаційні управляючі системи і технології</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="8" t="inlineStr">
         <is>
           <t>НД 2197097</t>
         </is>
       </c>
       <c r="K13" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>31961</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
@@ -3455,51 +3455,51 @@
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>84042</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="8" t="inlineStr">
         <is>
           <t>УД 21020661</t>
         </is>
       </c>
       <c r="K43" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>67763</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Інформаційні інтелектуальні системи та технології</t>
@@ -4692,51 +4692,51 @@
       <c r="E72" s="6" t="n">
         <v>22173</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H72" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="8" t="inlineStr">
         <is>
           <t>НД 2197098</t>
         </is>
       </c>
       <c r="K72" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>52727</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерний інжиніринг технологій машинобудування і ремонту машин</t>
@@ -5796,51 +5796,51 @@
       <c r="E96" s="6" t="n">
         <v>67963</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H96" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="8" t="inlineStr">
         <is>
           <t>УД 21020662</t>
         </is>
       </c>
       <c r="K96" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
           <t>Двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
         <v>74984</v>
@@ -7436,51 +7436,51 @@
       </c>
       <c r="J132" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K132" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K132"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I109"/>
+  <dimension ref="A1:I102"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -7933,51 +7933,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
@@ -8040,51 +8040,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -8242,51 +8242,51 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
@@ -8341,51 +8341,51 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>69</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -8452,120 +8452,120 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>46</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -8617,87 +8617,87 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -8716,87 +8716,87 @@
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
@@ -8815,120 +8815,120 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
@@ -8947,51 +8947,51 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
@@ -9079,51 +9079,51 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
@@ -9145,51 +9145,51 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>67</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -9211,91 +9211,91 @@
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
@@ -9524,51 +9524,51 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -9598,51 +9598,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -9936,1267 +9936,1036 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>Електроніка, метрологія та радіотелекомунікації</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>62</v>
+        <v>2</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>274</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
-[...2 lines deleted...]
-      <c r="D84" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D84" s="3" t="inlineStr">
+        <is>
+          <t>на автомобільному транспорті</t>
+        </is>
+      </c>
       <c r="E84" s="6" t="n">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>29</v>
+        <v>3</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>80</v>
+        <v>3</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>64</v>
+        <v>3</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Матеріалознавство</t>
+        </is>
+      </c>
+      <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>104</v>
+        <v>1</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>3</v>
+        <v>32</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
+        <v>24</v>
+      </c>
+      <c r="F98" s="6" t="n">
         <v>1</v>
       </c>
-      <c r="F98" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>274</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
-[...2 lines deleted...]
-      <c r="D102" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D102" s="3" t="inlineStr">
+        <is>
+          <t>на автомобільному транспорті</t>
+        </is>
+      </c>
       <c r="E102" s="6" t="n">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
-[...233 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I109"/>
+  <autoFilter ref="A1:I102"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>