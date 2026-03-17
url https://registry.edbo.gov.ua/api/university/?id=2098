--- v0 (2025-12-16)
+++ v1 (2026-03-17)
@@ -357,69 +357,77 @@
         <is>
           <t>м. Харків</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Аерофлотська, 8</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>7755550;</t>
+          <t>+38(057)-775-55-50</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>ptu-39@ukr.net</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>http://kuhar.kh.sch.in.ua/</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Омельченко Юрій Михайлович</t>
         </is>
       </c>
     </row>
@@ -693,60 +701,60 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>26</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>165</v>
+        <v>114</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>54</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">