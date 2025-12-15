--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -1252,51 +1252,51 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>54</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5112 Провідник пасажирського вагона
 5111 Стюард (послуги у дорозі)</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>134</v>
       </c>
       <c r="C5" s="7" t="n">
@@ -1322,51 +1322,51 @@
       <c r="B6" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель
 7139 Опоряджувальник будівельний
 7136 Монтажник санітарно-технічних систем і устаткування</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар-ремонтник
 7233 Слюсар з ремонту рухомого складу
 7233 Оглядач вагонів
 7233 Оглядач-ремонтник вагонів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>58</v>