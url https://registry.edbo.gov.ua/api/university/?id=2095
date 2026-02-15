--- v1 (2025-12-15)
+++ v2 (2026-02-15)
@@ -1418,51 +1418,51 @@
       <c r="B10" s="7" t="n">
         <v>70</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>8311 Машиніст тепловоза
 8311 Помічник машиніста електропоїзда
 7233 Слюсар з ремонту рухомого складу</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>