--- v0 (2025-12-02)
+++ v1 (2026-03-23)
@@ -1131,98 +1131,98 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>26</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Помічник машиніста тепловоза</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Помічник машиніста електровоза
 8311 Помічник машиніста тепловоза</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7321 Виробник художніх виробів з кераміки</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>52</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>