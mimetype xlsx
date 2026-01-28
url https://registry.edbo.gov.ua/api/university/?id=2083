--- v0 (2025-11-29)
+++ v1 (2026-01-28)
@@ -2608,51 +2608,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -2785,51 +2785,51 @@
       </c>
       <c r="B2" s="8" t="n">
         <v>25</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7136 Монтажник санітарно-технічних систем і устаткування</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>28</v>
       </c>
       <c r="C4" s="8" t="n">
@@ -2877,51 +2877,51 @@
       </c>
       <c r="B6" s="8" t="n">
         <v>25</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
         <v>78</v>
       </c>
       <c r="C8" s="8" t="n">