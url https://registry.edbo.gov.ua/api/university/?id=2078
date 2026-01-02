--- v0 (2025-11-01)
+++ v1 (2026-01-02)
@@ -939,51 +939,51 @@
       <c r="B3" s="7" t="n">
         <v>83</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар-ремонтник
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C5" s="7" t="n">