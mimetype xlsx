--- v1 (2026-01-02)
+++ v2 (2026-03-10)
@@ -892,98 +892,98 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар-ремонтник
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C5" s="7" t="n">