--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -357,77 +357,69 @@
         <is>
           <t>с-ще Теплик</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Студентська, 1</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>0962225770</t>
+          <t>2-11-64; 2-13-86 -----;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Сокотнюк Сергій Олександрович</t>
         </is>
       </c>
     </row>
@@ -819,51 +811,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>6111 Плодоовочівник
 5122 Кухар</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>62</v>
       </c>
@@ -889,75 +881,75 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233.2 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>1</v>
       </c>