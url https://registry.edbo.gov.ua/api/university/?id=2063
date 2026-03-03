--- v0 (2025-11-04)
+++ v1 (2026-03-03)
@@ -819,97 +819,97 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання
 7212 Контролер зварювальних робіт</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7241 Електрослюсар підземний</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>8</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7241 Електрослюсар підземний
 7241 Електрослюсар (слюсар) черговий та з ремонту устаткування
 7111 Гірник підземний</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7241 Електрослюсар підземний
 8333 Машиніст підземних установок</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>52</v>
       </c>
       <c r="C5" s="7" t="n">