--- v0 (2025-11-01)
+++ v1 (2026-01-28)
@@ -730,51 +730,51 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>78</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7331 Різьбяр по дереву та бересту
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>71</v>
       </c>
       <c r="C5" s="7" t="n">