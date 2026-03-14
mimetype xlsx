--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -684,97 +684,97 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4121 Обліковець з реєстрації бухгалтерських даних
 4211 Касир (на підприємстві, в установі, організації)</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>203</v>
+        <v>173</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7331 Різьбяр по дереву та бересту
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>71</v>
       </c>
       <c r="C5" s="7" t="n">