--- v0 (2025-10-20)
+++ v1 (2026-02-04)
@@ -1672,51 +1672,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5162 Поліцейський (за спеціалізаціями)</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5169 Охоронник
 5169 Охоронець</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>58</v>
       </c>
       <c r="C3" s="8" t="n">