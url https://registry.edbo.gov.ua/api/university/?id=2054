--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -1672,51 +1672,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5162 Поліцейський (за спеціалізаціями)</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5169 Охоронник
 5169 Охоронець</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>58</v>
       </c>
       <c r="C3" s="8" t="n">