--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -233,51 +233,51 @@
           <t>Код</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>2041</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>ВПУ №22</t>
+          <t>ВПУ №22 м. Сарни</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>High technical school №22 t.Sarny</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
@@ -2488,51 +2488,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
@@ -2711,74 +2711,74 @@
       </c>
       <c r="B4" s="8" t="n">
         <v>47</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
         <v>28</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
@@ -2804,51 +2804,51 @@
       <c r="B8" s="8" t="n">
         <v>2</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7136 Монтажник санітарно-технічних систем і устаткування</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>1</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7129 Монтажник гіпсокартонних конструкцій</t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
         <v>4</v>
       </c>
       <c r="C10" s="8" t="n">
@@ -2964,96 +2964,96 @@
       <c r="B15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="C15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E15" s="8" t="n">
         <v>12</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7129 Монтажник систем утеплення будівель
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B16" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B17" s="8" t="n">
         <v>1</v>
       </c>
       <c r="C17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B18" s="8" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів
 7213 Рихтувальник кузовів</t>
         </is>
       </c>
       <c r="B19" s="8" t="n">
         <v>59</v>
       </c>
@@ -3126,101 +3126,101 @@
       <c r="B22" s="8" t="n">
         <v>1</v>
       </c>
       <c r="C22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист
 8332 Машиніст екскаватора одноковшового
 8339 Машиніст дорожньо-будівельних машин</t>
         </is>
       </c>
       <c r="B23" s="8" t="n">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист
 8332 Машиніст екскаватора одноковшового
 8339 Машиніст дорожньо-будівельних машин
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B24" s="8" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист
 8339 Машиніст дорожньо-будівельних машин
 8332 Машиніст екскаватора одноковшового
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B25" s="8" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>