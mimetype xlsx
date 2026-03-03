--- v1 (2025-12-18)
+++ v2 (2026-03-03)
@@ -21,52 +21,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ПТО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ПТО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$5</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$55</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$7</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$59</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$25</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -985,51 +985,51 @@
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:D55"/>
+  <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
       <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Ліцензійний обсяг</t>
         </is>
       </c>
@@ -1054,109 +1054,109 @@
       </c>
       <c r="B2" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>PД 016809</t>
         </is>
       </c>
       <c r="D2" s="9" t="n">
         <v>46571</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 </t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C3" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D3" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D3" s="9" t="n">
+        <v>48756</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 </t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C4" s="7" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>4121 Обліковець з реєстрації бухгалтерських даних
 </t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C5" s="7" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>4121 Обліковець з реєстрації бухгалтерських даних
 </t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C6" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D6" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D6" s="9" t="n">
+        <v>48756</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Бармен
 </t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C7" s="7" t="inlineStr">
         <is>
           <t>PД 016809</t>
         </is>
       </c>
       <c r="D7" s="9" t="n">
         <v>46571</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
@@ -1176,101 +1176,101 @@
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>5123 Бармен
 </t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C9" s="7" t="inlineStr">
         <is>
           <t>PД 016809</t>
         </is>
       </c>
       <c r="D9" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>5141 Манікюрник
+          <t>5141 Перукар (перукар-модельєр)
 </t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C10" s="7" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D10" s="9" t="n">
-        <v>48022</v>
+        <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>5141 Манікюрник
 </t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C11" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D11" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D11" s="9" t="n">
+        <v>48022</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>5141 Перукар (перукар-модельєр)
+          <t>5141 Манікюрник
 </t>
         </is>
       </c>
       <c r="B12" s="8" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C12" s="7" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 </t>
         </is>
       </c>
       <c r="B13" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 </t>
         </is>
       </c>
@@ -1334,201 +1334,201 @@
           <t>7124 Столяр будівельний
 7124 Тесляр
 </t>
         </is>
       </c>
       <c r="B17" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C17" s="7" t="inlineStr">
         <is>
           <t>PД 016809</t>
         </is>
       </c>
       <c r="D17" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій
 </t>
         </is>
       </c>
       <c r="B18" s="8" t="n">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="C18" s="7" t="inlineStr">
         <is>
-          <t>PД 016809</t>
+          <t>- -</t>
         </is>
       </c>
       <c r="D18" s="9" t="n">
-        <v>46204</v>
+        <v>48690</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій
 </t>
         </is>
       </c>
       <c r="B19" s="8" t="n">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="C19" s="7" t="inlineStr">
         <is>
-          <t>- -</t>
+          <t>PД 016809</t>
         </is>
       </c>
       <c r="D19" s="9" t="n">
-        <v>48690</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>7129 Монтажник систем утеплення будівель
+          <t>7129 Монтажник гіпсокартонних конструкцій
 </t>
         </is>
       </c>
       <c r="B20" s="8" t="n">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="C20" s="7" t="inlineStr">
         <is>
-          <t>PД 016809</t>
+          <t>- -</t>
         </is>
       </c>
       <c r="D20" s="9" t="n">
-        <v>46571</v>
+        <v>48690</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
-          <t>7129 Монтажник гіпсокартонних конструкцій
+          <t>7129 Монтажник систем утеплення будівель
 </t>
         </is>
       </c>
       <c r="B21" s="8" t="n">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="C21" s="7" t="inlineStr">
         <is>
-          <t>- -</t>
+          <t>PД 016809</t>
         </is>
       </c>
       <c r="D21" s="9" t="n">
-        <v>48690</v>
+        <v>46571</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій
 </t>
         </is>
       </c>
       <c r="B22" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C22" s="7" t="inlineStr">
         <is>
           <t>PД 016809</t>
         </is>
       </c>
       <c r="D22" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 </t>
         </is>
       </c>
       <c r="B23" s="8" t="n">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="C23" s="7" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 </t>
         </is>
       </c>
       <c r="B24" s="8" t="n">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="C24" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D24" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D24" s="9" t="n">
+        <v>48022</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 </t>
         </is>
       </c>
       <c r="B25" s="8" t="n">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="C25" s="7" t="inlineStr">
         <is>
           <t>PД 016809</t>
         </is>
       </c>
       <c r="D25" s="9" t="n">
         <v>46571</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 </t>
         </is>
       </c>
       <c r="B26" s="8" t="n">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="C26" s="7" t="inlineStr">
         <is>
           <t>PД 016809</t>
         </is>
       </c>
       <c r="D26" s="9" t="n">
         <v>46571</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 </t>
         </is>
       </c>
       <c r="B27" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C27" s="7" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
@@ -1539,85 +1539,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 </t>
         </is>
       </c>
       <c r="B28" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>7213 Рихтувальник кузовів
 </t>
         </is>
       </c>
       <c r="B29" s="8" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>7213 Рихтувальник кузовів
 </t>
         </is>
       </c>
       <c r="B30" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>7213 Рихтувальник кузовів
 </t>
         </is>
       </c>
       <c r="B31" s="8" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 </t>
         </is>
       </c>
       <c r="B32" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D32" s="9" t="n">
         <v>46571</v>
@@ -1701,162 +1701,164 @@
           <t>7422 Столяр
 7129 Монтажник гіпсокартонних конструкцій
 </t>
         </is>
       </c>
       <c r="B37" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C37" s="7" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D37" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>8211 Токар
 </t>
         </is>
       </c>
       <c r="B38" s="8" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>8211 Токар
 </t>
         </is>
       </c>
       <c r="B39" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>8211 Токар
 </t>
         </is>
       </c>
       <c r="B40" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>8211 Токар
 </t>
         </is>
       </c>
       <c r="B41" s="8" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів
 </t>
         </is>
       </c>
       <c r="B42" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів
 </t>
         </is>
       </c>
       <c r="B43" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C43" s="7" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D43" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
+          <t>8331 Тракторист
 </t>
         </is>
       </c>
       <c r="B44" s="8" t="n">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="C44" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D44" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D44" s="9" t="n">
+        <v>48022</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 </t>
         </is>
       </c>
       <c r="B45" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 </t>
         </is>
       </c>
@@ -1873,79 +1875,77 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист
 </t>
         </is>
       </c>
       <c r="B47" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист
 </t>
         </is>
       </c>
       <c r="B48" s="8" t="n">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="C48" s="7" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D48" s="9" t="n">
         <v>48022</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
-          <t>8331 Тракторист
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 </t>
         </is>
       </c>
       <c r="B49" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C49" s="7" t="inlineStr">
         <is>
-          <t>- -</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист
 8332 Машиніст екскаватора одноковшового
 8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
       <c r="B50" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C50" s="7" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D50" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
@@ -1982,101 +1982,169 @@
           <t> </t>
         </is>
       </c>
       <c r="D52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>8332 Машиніст екскаватора одноковшового
 </t>
         </is>
       </c>
       <c r="B53" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
-          <t>8339 Машиніст дорожньо-будівельних машин
+          <t>8332 Машиніст крана автомобільного
 </t>
         </is>
       </c>
       <c r="B54" s="8" t="n">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="C54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
-          <t>8339 Машиніст дорожньо-будівельних машин
+          <t>8332 Машиніст крана автомобільного
 </t>
         </is>
       </c>
       <c r="B55" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C55" s="7" t="inlineStr">
         <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D55" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="3" t="inlineStr">
+        <is>
+          <t>8332 Машиніст крана автомобільного
+</t>
+        </is>
+      </c>
+      <c r="B56" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="C56" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D56" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="3" t="inlineStr">
+        <is>
+          <t>8332 Машиніст крана автомобільного
+</t>
+        </is>
+      </c>
+      <c r="B57" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="C57" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D57" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="3" t="inlineStr">
+        <is>
+          <t>8339 Машиніст дорожньо-будівельних машин
+</t>
+        </is>
+      </c>
+      <c r="B58" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="C58" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D58" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="3" t="inlineStr">
+        <is>
+          <t>8339 Машиніст дорожньо-будівельних машин
+</t>
+        </is>
+      </c>
+      <c r="B59" s="8" t="n">
+        <v>30</v>
+      </c>
+      <c r="C59" s="7" t="inlineStr">
+        <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D55" s="9" t="n">
+      <c r="D59" s="9" t="n">
         <v>49116</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D55"/>
+  <autoFilter ref="A1:D59"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K7"/>
+  <dimension ref="A1:K9"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2322,83 +2390,161 @@
           <t>G19 Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>87103</v>
+        <v>88456</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
-          <t>J8 Автомобільний транспорт</t>
+          <t>Будівництво та експлуатація будівель і споруд</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B8" s="7" t="inlineStr">
+        <is>
+          <t>J8</t>
+        </is>
+      </c>
+      <c r="C8" s="3" t="inlineStr">
+        <is>
+          <t>Автомобільний транспорт</t>
+        </is>
+      </c>
+      <c r="D8" s="3"/>
+      <c r="E8" s="8" t="n">
+        <v>87103</v>
+      </c>
+      <c r="F8" s="3" t="inlineStr">
+        <is>
+          <t>J8 Автомобільний транспорт</t>
+        </is>
+      </c>
+      <c r="G8" s="3"/>
+      <c r="H8" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I8" s="9"/>
+      <c r="J8" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K8" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B9" s="7" t="inlineStr">
+        <is>
+          <t>J8</t>
+        </is>
+      </c>
+      <c r="C9" s="3" t="inlineStr">
+        <is>
+          <t>Автомобільний транспорт</t>
+        </is>
+      </c>
+      <c r="D9" s="3"/>
+      <c r="E9" s="8" t="n">
+        <v>88455</v>
+      </c>
+      <c r="F9" s="3" t="inlineStr">
+        <is>
+          <t>Обслуговування та ремонт автомобілів і двигунів</t>
+        </is>
+      </c>
+      <c r="G9" s="3"/>
+      <c r="H9" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I9" s="9"/>
+      <c r="J9" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K9" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K7"/>
+  <autoFilter ref="A1:K9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2688,74 +2834,74 @@
       </c>
       <c r="B3" s="8" t="n">
         <v>83</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Бармен</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>48</v>
       </c>
       <c r="C6" s="8" t="n">
@@ -2804,51 +2950,51 @@
       <c r="B8" s="8" t="n">
         <v>2</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7136 Монтажник санітарно-технічних систем і устаткування</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>1</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7129 Монтажник гіпсокартонних конструкцій</t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
         <v>4</v>
       </c>
       <c r="C10" s="8" t="n">
@@ -3009,98 +3155,98 @@
       </c>
       <c r="B17" s="8" t="n">
         <v>1</v>
       </c>
       <c r="C17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B18" s="8" t="n">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="C18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів
 7213 Рихтувальник кузовів</t>
         </is>
       </c>
       <c r="B19" s="8" t="n">
         <v>59</v>
       </c>
       <c r="C19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>7241 Майстер з діагностики та налагодження електронного устаткування автомобільних засобів
 7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B20" s="8" t="n">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="C20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>7422 Столяр
 7129 Монтажник гіпсокартонних конструкцій</t>
         </is>
       </c>
       <c r="B21" s="8" t="n">
         <v>35</v>
       </c>
       <c r="C21" s="8" t="n">
@@ -3151,51 +3297,51 @@
         <v>28</v>
       </c>
       <c r="C23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист
 8332 Машиніст екскаватора одноковшового
 8339 Машиніст дорожньо-будівельних машин
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B24" s="8" t="n">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист
 8339 Машиніст дорожньо-будівельних машин
 8332 Машиніст екскаватора одноковшового
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B25" s="8" t="n">
         <v>59</v>