--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -773,97 +773,97 @@
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>6112 Виноградар
 8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>113</v>
+        <v>86</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>8275 Оператор лінії у виробництві харчової продукції (перероблення фруктів, овочів, олієнасіння та горіхів)
 5122 Кухар</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>8275 Оператор лінії у виробництві харчової продукції (перероблення фруктів, овочів, олієнасіння та горіхів)
 5122 Кухар
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>1</v>
       </c>