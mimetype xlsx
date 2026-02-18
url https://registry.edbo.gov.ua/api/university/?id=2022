--- v1 (2025-12-16)
+++ v2 (2026-02-18)
@@ -773,51 +773,51 @@
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>6112 Виноградар
 8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C3" s="7" t="n">