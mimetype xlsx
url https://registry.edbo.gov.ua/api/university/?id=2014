--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ПТО" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Здобувачі ПТО" sheetId="3" state="visible" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$6</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$5</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -586,51 +586,51 @@
         <is>
           <t>PД 040643</t>
         </is>
       </c>
       <c r="D6" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F6"/>
+  <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="7" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
       <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Денна</t>
@@ -708,96 +708,73 @@
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7137 Електромонтажник з освітлення та освітлювальних мереж
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>85</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>7137 Електромонтажник з освітлення та освітлювальних мереж
-[...21 lines deleted...]
-        <is>
           <t>7141 Маляр
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
-      <c r="B6" s="7" t="n">
+      <c r="B5" s="7" t="n">
         <v>78</v>
       </c>
-      <c r="C6" s="7" t="n">
-[...8 lines deleted...]
-      <c r="F6" s="7" t="n">
+      <c r="C5" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D5" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E5" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F6"/>
+  <autoFilter ref="A1:F5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>