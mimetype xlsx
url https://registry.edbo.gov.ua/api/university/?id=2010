--- v0 (2025-10-20)
+++ v1 (2026-02-04)
@@ -724,74 +724,74 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>8163 Машиніст холодильних установок
 7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар-ремонтник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>75</v>
       </c>