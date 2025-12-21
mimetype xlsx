--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -419,51 +419,51 @@
         <is>
           <t>mail@nuph.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>nuph.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Кухтенко Олександр Сергійович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -3678,51 +3678,51 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -3784,51 +3784,51 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
@@ -3965,81 +3965,81 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
         <v>34</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>58</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
@@ -4065,161 +4065,161 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Лабораторна діагностика</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>110</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Промислова фармація</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>308</v>
+        <v>289</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -4275,51 +4275,51 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>8</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I26"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>