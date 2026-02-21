--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -3509,51 +3509,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
@@ -3579,54 +3579,54 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
@@ -3645,84 +3645,84 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>67</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -3851,51 +3851,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Лабораторна діагностика</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
@@ -3962,87 +3962,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
@@ -4098,128 +4098,128 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Промислова фармація</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>