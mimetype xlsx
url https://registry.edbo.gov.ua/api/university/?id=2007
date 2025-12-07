--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1205,188 +1205,188 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5129 Майстер ресторанного обслуговування
 5129 Майстер готельного обслуговування</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>90</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>