--- v1 (2025-12-07)
+++ v2 (2026-03-03)
@@ -361,77 +361,73 @@
         <is>
           <t>м. Васильків</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>просп. Київський шлях, 39</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>050-239-92-32</t>
+          <t>+38(050)-239-92-32;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>vasylkiv_licej@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Постоленко Людмила Миколаївна</t>
         </is>
       </c>
     </row>
@@ -1205,120 +1201,120 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5129 Майстер ресторанного обслуговування
 5129 Майстер готельного обслуговування</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>86</v>
       </c>
       <c r="C6" s="7" t="n">
@@ -1342,51 +1338,51 @@
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>90</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>