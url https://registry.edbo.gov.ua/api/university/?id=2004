--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1184,99 +1184,99 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>42</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій
 7133 Штукатур
 7141 Маляр</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>69</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
@@ -1299,51 +1299,51 @@
       </c>
       <c r="B8" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7137 Електромонтажник з освітлення та освітлювальних мереж
 7241 Електромонтажник силових мереж та електроустаткування</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>49</v>
       </c>
       <c r="C10" s="7" t="n">