--- v0 (2025-10-20)
+++ v1 (2026-03-12)
@@ -690,51 +690,51 @@
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>8332 Машиніст крана автомобільного</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>61</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>