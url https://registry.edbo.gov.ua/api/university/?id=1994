--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -249,51 +249,51 @@
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
       <c r="B5" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>1997</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Категорія закладу освіти</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
@@ -743,118 +743,118 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>91</v>
+        <v>58</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>1</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>22</v>
       </c>
       <c r="C6" s="7" t="n">